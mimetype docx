--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1,55 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4585C1AC" w14:textId="5D42864B" w:rsidR="008E27A5" w:rsidRPr="009B7DF9" w:rsidRDefault="000D4AB1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B7DF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B334"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>{#Fahrten</w:t>
       </w:r>
       <w:r w:rsidRPr="009B7DF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="92D050"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
@@ -386,71 +388,69 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10316" w:type="dxa"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1811"/>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
       <w:tr w:rsidR="008E27A5" w:rsidRPr="005950D4" w14:paraId="6E40F454" w14:textId="77777777" w:rsidTr="00F7703E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1811" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2437B43F" w14:textId="77777777" w:rsidR="008E27A5" w:rsidRPr="005950D4" w:rsidRDefault="008E27A5" w:rsidP="00E16230">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="080A90D5" w14:textId="43913236" w:rsidR="008E27A5" w:rsidRPr="005950D4" w:rsidRDefault="008E27A5" w:rsidP="00D84925">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005950D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Anzahl der </w:t>
             </w:r>
             <w:r w:rsidR="00D84925">
               <w:rPr>
@@ -462,51 +462,50 @@
               <w:t>Fahrten</w:t>
             </w:r>
             <w:r w:rsidR="00FD44F9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> gesamt</w:t>
             </w:r>
             <w:r w:rsidRPr="005950D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1862FAD9" w14:textId="26A5A153" w:rsidR="008E27A5" w:rsidRPr="005950D4" w:rsidRDefault="00E95CFD" w:rsidP="00E16230">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E95CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>{</w:t>
             </w:r>
@@ -515,156 +514,151 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>fahrtenAnzahl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E95CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>}</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="283E048A" w14:textId="77777777" w:rsidR="008E27A5" w:rsidRPr="005950D4" w:rsidRDefault="008E27A5" w:rsidP="00E16230">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB5741" w:rsidRPr="00DB5741" w14:paraId="4C0F6E11" w14:textId="77777777" w:rsidTr="00F7703E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1811" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CEA1E52" w14:textId="77777777" w:rsidR="008E27A5" w:rsidRPr="005950D4" w:rsidRDefault="008E27A5" w:rsidP="00E16230">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4055BE2E" w14:textId="77777777" w:rsidR="006067C2" w:rsidRDefault="006067C2" w:rsidP="00E16230">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C9A0788" w14:textId="45F1D326" w:rsidR="00A73490" w:rsidRPr="009E27BD" w:rsidRDefault="00C65F71" w:rsidP="00E16230">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65F71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rechnungsbetrag netto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C1FBAC8" w14:textId="77777777" w:rsidR="008E27A5" w:rsidRPr="005950D4" w:rsidRDefault="008E27A5" w:rsidP="00E16230">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="322C9E3F" w14:textId="77777777" w:rsidR="006067C2" w:rsidRDefault="006067C2" w:rsidP="00E16230">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="784D6458" w14:textId="13B0A407" w:rsidR="008E27A5" w:rsidRPr="004842A3" w:rsidRDefault="00C65F71" w:rsidP="004842A3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -718,119 +712,97 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>€</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="450B1D10" w14:textId="32D509BF" w:rsidR="009572EA" w:rsidRPr="00D46086" w:rsidRDefault="00056B03" w:rsidP="009572EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D46086">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8800E9"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
-        <w:t>{#</w:t>
-[...19 lines deleted...]
-        <w:t>}</w:t>
+        <w:t>{#MwStDaten}</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10316" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1811"/>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
       <w:tr w:rsidR="00726E45" w:rsidRPr="00DB5741" w14:paraId="045F85C5" w14:textId="77777777" w:rsidTr="00F7703E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1811" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64615E1D" w14:textId="77777777" w:rsidR="00726E45" w:rsidRPr="005950D4" w:rsidRDefault="00726E45" w:rsidP="00513866">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="066468B7" w14:textId="77777777" w:rsidR="00726E45" w:rsidRDefault="00726E45" w:rsidP="00513866">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5511E75B" w14:textId="12827BD3" w:rsidR="00726E45" w:rsidRPr="00726E45" w:rsidRDefault="00726E45" w:rsidP="00513866">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -852,73 +824,71 @@
               </w:rPr>
               <w:t>mwst</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00726E45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>} %</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mehrwertsteuer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AE574B6" w14:textId="77777777" w:rsidR="00726E45" w:rsidRPr="005950D4" w:rsidRDefault="00726E45" w:rsidP="00513866">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FBB3E1D" w14:textId="77777777" w:rsidR="00726E45" w:rsidRDefault="00726E45" w:rsidP="00513866">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D4AA9C4" w14:textId="1A35403E" w:rsidR="00726E45" w:rsidRPr="00726E45" w:rsidRDefault="00726E45" w:rsidP="00513866">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -976,77 +946,75 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1811"/>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
       <w:tr w:rsidR="009E27BD" w:rsidRPr="00DB5741" w14:paraId="2B09CFC2" w14:textId="77777777" w:rsidTr="00F7703E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="045DAC32" w14:textId="77777777" w:rsidR="009E27BD" w:rsidRPr="005950D4" w:rsidRDefault="009E27BD" w:rsidP="00513866">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E8AF620" w14:textId="77777777" w:rsidR="009E27BD" w:rsidRDefault="009E27BD" w:rsidP="00513866">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="64110E54" w14:textId="77777777" w:rsidR="009E27BD" w:rsidRPr="005950D4" w:rsidRDefault="009E27BD" w:rsidP="00513866">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -1060,79 +1028,77 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rechnungsbetrag brutto gesamt</w:t>
             </w:r>
             <w:r w:rsidRPr="005950D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D5F8B26" w14:textId="77777777" w:rsidR="009E27BD" w:rsidRPr="005950D4" w:rsidRDefault="009E27BD" w:rsidP="00513866">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70024763" w14:textId="2880FF07" w:rsidR="009E27BD" w:rsidRDefault="009E27BD" w:rsidP="00513866">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
                 <w:tab w:val="left" w:pos="8222"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="227985AC" w14:textId="77777777" w:rsidR="009E27BD" w:rsidRPr="004842A3" w:rsidRDefault="009E27BD" w:rsidP="00513866">
             <w:pPr>
@@ -1184,89 +1150,89 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1612AE9B" w14:textId="30A69BC0" w:rsidR="007B6589" w:rsidRDefault="007B6589" w:rsidP="00B93104">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FFA21B0" w14:textId="77777777" w:rsidR="00F7703E" w:rsidRDefault="00F7703E" w:rsidP="00B93104">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00F7703E" w:rsidSect="003C0491">
-      <w:headerReference w:type="default" r:id="rId8"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11901" w:h="16817"/>
       <w:pgMar w:top="567" w:right="703" w:bottom="567" w:left="992" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="699122CD" w14:textId="77777777" w:rsidR="008B7B3C" w:rsidRDefault="008B7B3C" w:rsidP="00847B4C">
+    <w:p w14:paraId="62F55B8E" w14:textId="77777777" w:rsidR="00A93D9C" w:rsidRDefault="00A93D9C" w:rsidP="00847B4C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BFF2432" w14:textId="77777777" w:rsidR="008B7B3C" w:rsidRDefault="008B7B3C" w:rsidP="00847B4C">
+    <w:p w14:paraId="46029753" w14:textId="77777777" w:rsidR="00A93D9C" w:rsidRDefault="00A93D9C" w:rsidP="00847B4C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
@@ -1312,51 +1278,61 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="686EA4F4" w14:textId="77777777" w:rsidR="00820C37" w:rsidRDefault="00820C37">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5F323C42" w14:textId="77777777" w:rsidR="00F7703E" w:rsidRPr="00B47557" w:rsidRDefault="00F7703E" w:rsidP="00F7703E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="5103"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="253E9E59" w14:textId="77777777" w:rsidR="00F7703E" w:rsidRPr="00B47557" w:rsidRDefault="00F7703E" w:rsidP="00F7703E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="5103"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
@@ -1717,52 +1693,52 @@
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="003C0491">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="12511AE0" w14:textId="77777777" w:rsidR="00F7703E" w:rsidRPr="00B47557" w:rsidRDefault="00F7703E" w:rsidP="00F7703E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="5103"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4C80AB76" w14:textId="77777777" w:rsidR="00F7703E" w:rsidRPr="00B47557" w:rsidRDefault="00F7703E" w:rsidP="00F7703E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="5103"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
@@ -2124,70 +2100,80 @@
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="003C0491">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10837412" w14:textId="77777777" w:rsidR="008B7B3C" w:rsidRDefault="008B7B3C" w:rsidP="00847B4C">
+    <w:p w14:paraId="50508D6C" w14:textId="77777777" w:rsidR="00A93D9C" w:rsidRDefault="00A93D9C" w:rsidP="00847B4C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B94AB3E" w14:textId="77777777" w:rsidR="008B7B3C" w:rsidRDefault="008B7B3C" w:rsidP="00847B4C">
+    <w:p w14:paraId="7F0A3BE8" w14:textId="77777777" w:rsidR="00A93D9C" w:rsidRDefault="00A93D9C" w:rsidP="00847B4C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="031D8548" w14:textId="77777777" w:rsidR="00820C37" w:rsidRDefault="00820C37">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="10314" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6203"/>
       <w:gridCol w:w="4111"/>
     </w:tblGrid>
     <w:tr w:rsidR="003C4984" w:rsidRPr="00A823C2" w14:paraId="5BDC7524" w14:textId="77777777" w:rsidTr="00C019D3">
       <w:trPr>
         <w:trHeight w:val="1380"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
@@ -3168,210 +3154,205 @@
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="10314" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3261"/>
       <w:gridCol w:w="1636"/>
       <w:gridCol w:w="1739"/>
       <w:gridCol w:w="1772"/>
       <w:gridCol w:w="1906"/>
     </w:tblGrid>
     <w:tr w:rsidR="00EC6B52" w:rsidRPr="006710B5" w14:paraId="76B286E6" w14:textId="77777777" w:rsidTr="007B6589">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3402" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="1E3ECEE4" w14:textId="77777777" w:rsidR="00EC6B52" w:rsidRPr="006710B5" w:rsidRDefault="00EC6B52" w:rsidP="00EC6B52">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="6237"/>
               <w:tab w:val="left" w:pos="8222"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Patientenname</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1701" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="6A93B400" w14:textId="77777777" w:rsidR="00EC6B52" w:rsidRPr="006710B5" w:rsidRDefault="00EC6B52" w:rsidP="00EC6B52">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="6237"/>
               <w:tab w:val="left" w:pos="8222"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Richtung</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1809" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="3F6D6687" w14:textId="77777777" w:rsidR="00EC6B52" w:rsidRPr="006710B5" w:rsidRDefault="00EC6B52" w:rsidP="00EC6B52">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="6237"/>
               <w:tab w:val="left" w:pos="8222"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Einsatznummer</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1843" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="63030C8D" w14:textId="77777777" w:rsidR="00EC6B52" w:rsidRPr="006710B5" w:rsidRDefault="00EC6B52" w:rsidP="00EC6B52">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="6237"/>
               <w:tab w:val="left" w:pos="8222"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Transporttag</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1984" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="07057051" w14:textId="77777777" w:rsidR="00EC6B52" w:rsidRPr="006710B5" w:rsidRDefault="00EC6B52" w:rsidP="00EC6B52">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="6237"/>
               <w:tab w:val="left" w:pos="8222"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="006710B5">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Betrag €</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="29F54111" w14:textId="77777777" w:rsidR="00DB5741" w:rsidRPr="001A16E0" w:rsidRDefault="00DB5741">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7737EA9B" w14:textId="77777777" w:rsidR="00C26D46" w:rsidRDefault="00C26D46"/>
   <w:p w14:paraId="5744E4AC" w14:textId="77777777" w:rsidR="00C26D46" w:rsidRDefault="00C26D46"/>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6237"/>
       <w:gridCol w:w="4082"/>
     </w:tblGrid>
     <w:tr w:rsidR="00C26D46" w14:paraId="325DDD5A" w14:textId="77777777" w:rsidTr="00436183">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6237" w:type="dxa"/>
@@ -4446,305 +4427,289 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>{</w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>fahrtenAnzahl</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>}</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="16AA10E3" w14:textId="3F7B778D" w:rsidR="006710B5" w:rsidRDefault="002E12FC">
+  <w:p w14:paraId="16AA10E3" w14:textId="43E5FC01" w:rsidR="006710B5" w:rsidRDefault="002E12FC">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Kosten lt. </w:t>
-[...11 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
+      <w:t>Kosten lt. Gebührenvereinbarung</w:t>
+    </w:r>
     <w:r w:rsidR="00EC6B52">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="35E3209E" w14:textId="77777777" w:rsidR="006710B5" w:rsidRDefault="006710B5">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="10314" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3261"/>
       <w:gridCol w:w="1636"/>
       <w:gridCol w:w="1739"/>
       <w:gridCol w:w="1772"/>
       <w:gridCol w:w="1906"/>
     </w:tblGrid>
     <w:tr w:rsidR="006067C2" w:rsidRPr="006710B5" w14:paraId="2DBA66BA" w14:textId="77777777" w:rsidTr="007B6589">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3402" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="63223991" w14:textId="77777777" w:rsidR="006067C2" w:rsidRPr="006710B5" w:rsidRDefault="006067C2" w:rsidP="00E16230">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="6237"/>
               <w:tab w:val="left" w:pos="8222"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Patientenname</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1701" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="2B34E360" w14:textId="330768D6" w:rsidR="006067C2" w:rsidRPr="006710B5" w:rsidRDefault="006067C2" w:rsidP="00E16230">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="6237"/>
               <w:tab w:val="left" w:pos="8222"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Richtung</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1809" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="2703A22F" w14:textId="25F30C87" w:rsidR="006067C2" w:rsidRPr="006710B5" w:rsidRDefault="006067C2" w:rsidP="00E16230">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="6237"/>
               <w:tab w:val="left" w:pos="8222"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Einsatznummer</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1843" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="5171A36A" w14:textId="1362A399" w:rsidR="006067C2" w:rsidRPr="006710B5" w:rsidRDefault="006067C2" w:rsidP="00E16230">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="6237"/>
               <w:tab w:val="left" w:pos="8222"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Transpor</w:t>
           </w:r>
           <w:r w:rsidR="00F05217">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>t</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>tag</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1984" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="0F96F825" w14:textId="77777777" w:rsidR="006067C2" w:rsidRPr="006710B5" w:rsidRDefault="006067C2" w:rsidP="00E16230">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="6237"/>
               <w:tab w:val="left" w:pos="8222"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="006710B5">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Betrag €</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="65671C72" w14:textId="77777777" w:rsidR="006710B5" w:rsidRPr="00E05E08" w:rsidRDefault="006710B5">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="173F7613"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD9E3EA4"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -5158,81 +5123,81 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1312128426">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2012442877">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1747266507">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="530456222">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1940747545">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="145"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="155"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00902739"/>
     <w:rsid w:val="0001058E"/>
     <w:rsid w:val="00011A3B"/>
     <w:rsid w:val="000179FB"/>
     <w:rsid w:val="00026A89"/>
     <w:rsid w:val="000370E1"/>
@@ -5243,50 +5208,51 @@
     <w:rsid w:val="000542C1"/>
     <w:rsid w:val="000543D2"/>
     <w:rsid w:val="00056B03"/>
     <w:rsid w:val="0006239D"/>
     <w:rsid w:val="00075934"/>
     <w:rsid w:val="00077789"/>
     <w:rsid w:val="00094C22"/>
     <w:rsid w:val="000A7420"/>
     <w:rsid w:val="000C22C2"/>
     <w:rsid w:val="000D45B2"/>
     <w:rsid w:val="000D4AB1"/>
     <w:rsid w:val="000D7201"/>
     <w:rsid w:val="000E540E"/>
     <w:rsid w:val="000F7905"/>
     <w:rsid w:val="001057BC"/>
     <w:rsid w:val="001172D0"/>
     <w:rsid w:val="00136972"/>
     <w:rsid w:val="001416FA"/>
     <w:rsid w:val="00144F83"/>
     <w:rsid w:val="0014633B"/>
     <w:rsid w:val="001526CE"/>
     <w:rsid w:val="00172F87"/>
     <w:rsid w:val="001749D3"/>
     <w:rsid w:val="001843DC"/>
     <w:rsid w:val="00185AFA"/>
+    <w:rsid w:val="00197D88"/>
     <w:rsid w:val="001A116E"/>
     <w:rsid w:val="001A16E0"/>
     <w:rsid w:val="001A1E24"/>
     <w:rsid w:val="001A3F8D"/>
     <w:rsid w:val="001A54A3"/>
     <w:rsid w:val="001A76F8"/>
     <w:rsid w:val="001A7B71"/>
     <w:rsid w:val="001C1517"/>
     <w:rsid w:val="001D2035"/>
     <w:rsid w:val="001E32DC"/>
     <w:rsid w:val="001F3DAC"/>
     <w:rsid w:val="00202230"/>
     <w:rsid w:val="0021033A"/>
     <w:rsid w:val="00221ED8"/>
     <w:rsid w:val="00223A27"/>
     <w:rsid w:val="00225470"/>
     <w:rsid w:val="0023179A"/>
     <w:rsid w:val="002604AC"/>
     <w:rsid w:val="00277757"/>
     <w:rsid w:val="00277B32"/>
     <w:rsid w:val="00282739"/>
     <w:rsid w:val="00283052"/>
     <w:rsid w:val="002A07E0"/>
     <w:rsid w:val="002A0A20"/>
     <w:rsid w:val="002A3146"/>
@@ -5399,50 +5365,51 @@
     <w:rsid w:val="007046EB"/>
     <w:rsid w:val="00710101"/>
     <w:rsid w:val="0071393E"/>
     <w:rsid w:val="007216FD"/>
     <w:rsid w:val="00723ED9"/>
     <w:rsid w:val="00726E45"/>
     <w:rsid w:val="00761C1B"/>
     <w:rsid w:val="00771D97"/>
     <w:rsid w:val="00776B34"/>
     <w:rsid w:val="00777212"/>
     <w:rsid w:val="007828EF"/>
     <w:rsid w:val="0078466A"/>
     <w:rsid w:val="0078484E"/>
     <w:rsid w:val="00784C8D"/>
     <w:rsid w:val="00790110"/>
     <w:rsid w:val="00790544"/>
     <w:rsid w:val="00792E19"/>
     <w:rsid w:val="007B3C17"/>
     <w:rsid w:val="007B6589"/>
     <w:rsid w:val="007C35A4"/>
     <w:rsid w:val="007F063E"/>
     <w:rsid w:val="007F4C75"/>
     <w:rsid w:val="007F793B"/>
     <w:rsid w:val="00801E0F"/>
     <w:rsid w:val="00816E55"/>
+    <w:rsid w:val="00820C37"/>
     <w:rsid w:val="0082167C"/>
     <w:rsid w:val="00847B4C"/>
     <w:rsid w:val="00857B49"/>
     <w:rsid w:val="0087312E"/>
     <w:rsid w:val="008771DB"/>
     <w:rsid w:val="008817D2"/>
     <w:rsid w:val="00882020"/>
     <w:rsid w:val="00887EDD"/>
     <w:rsid w:val="00893647"/>
     <w:rsid w:val="008B1FB9"/>
     <w:rsid w:val="008B7B3C"/>
     <w:rsid w:val="008C61AF"/>
     <w:rsid w:val="008D4035"/>
     <w:rsid w:val="008E27A5"/>
     <w:rsid w:val="008F02C6"/>
     <w:rsid w:val="008F0DE3"/>
     <w:rsid w:val="008F6CA3"/>
     <w:rsid w:val="008F7911"/>
     <w:rsid w:val="00902739"/>
     <w:rsid w:val="00907A23"/>
     <w:rsid w:val="00910223"/>
     <w:rsid w:val="0091493C"/>
     <w:rsid w:val="009161B0"/>
     <w:rsid w:val="0092538B"/>
     <w:rsid w:val="0093207F"/>
@@ -5471,50 +5438,51 @@
     <w:rsid w:val="009B7DF9"/>
     <w:rsid w:val="009C1982"/>
     <w:rsid w:val="009C6C63"/>
     <w:rsid w:val="009E27BD"/>
     <w:rsid w:val="009F225A"/>
     <w:rsid w:val="00A13A5A"/>
     <w:rsid w:val="00A14241"/>
     <w:rsid w:val="00A21A6B"/>
     <w:rsid w:val="00A2616C"/>
     <w:rsid w:val="00A320E5"/>
     <w:rsid w:val="00A32FD3"/>
     <w:rsid w:val="00A33DCE"/>
     <w:rsid w:val="00A34F46"/>
     <w:rsid w:val="00A35A59"/>
     <w:rsid w:val="00A37686"/>
     <w:rsid w:val="00A51DA8"/>
     <w:rsid w:val="00A5420A"/>
     <w:rsid w:val="00A55BA8"/>
     <w:rsid w:val="00A55F5D"/>
     <w:rsid w:val="00A664D3"/>
     <w:rsid w:val="00A664F8"/>
     <w:rsid w:val="00A73490"/>
     <w:rsid w:val="00A823C2"/>
     <w:rsid w:val="00A86572"/>
     <w:rsid w:val="00A93252"/>
+    <w:rsid w:val="00A93D9C"/>
     <w:rsid w:val="00A97E75"/>
     <w:rsid w:val="00AA11BB"/>
     <w:rsid w:val="00AA3F60"/>
     <w:rsid w:val="00AA45D9"/>
     <w:rsid w:val="00AB4194"/>
     <w:rsid w:val="00AC05D1"/>
     <w:rsid w:val="00AD79F2"/>
     <w:rsid w:val="00AE28E3"/>
     <w:rsid w:val="00B012E4"/>
     <w:rsid w:val="00B0204A"/>
     <w:rsid w:val="00B05A47"/>
     <w:rsid w:val="00B07BAD"/>
     <w:rsid w:val="00B101BC"/>
     <w:rsid w:val="00B17E16"/>
     <w:rsid w:val="00B43EEF"/>
     <w:rsid w:val="00B47557"/>
     <w:rsid w:val="00B574A0"/>
     <w:rsid w:val="00B6358D"/>
     <w:rsid w:val="00B72CA1"/>
     <w:rsid w:val="00B76F3C"/>
     <w:rsid w:val="00B84574"/>
     <w:rsid w:val="00B85995"/>
     <w:rsid w:val="00B872D8"/>
     <w:rsid w:val="00B91952"/>
     <w:rsid w:val="00B93104"/>
@@ -5608,75 +5576,75 @@
     <w:rsid w:val="00FC27CE"/>
     <w:rsid w:val="00FD0788"/>
     <w:rsid w:val="00FD44F9"/>
     <w:rsid w:val="00FD4F31"/>
     <w:rsid w:val="00FF5362"/>
     <w:rsid w:val="00FF6497"/>
     <w:rsid w:val="00FF663B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6CF8AB56"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6006,50 +5974,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -6166,51 +6135,51 @@
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00277757"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="21634356">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="332993280">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6525,51 +6494,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2105026745">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-Design">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>